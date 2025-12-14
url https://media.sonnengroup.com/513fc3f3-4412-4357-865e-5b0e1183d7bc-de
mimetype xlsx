--- v0 (2025-10-07)
+++ v1 (2025-12-14)
@@ -1,3945 +1,1397 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27726"/>
-  <workbookPr codeName="DieseArbeitsmappe" defaultThemeVersion="124226"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://sonnenglobal.sharepoint.com/sites/Dept-EnergyFlexibilityTradingDE/Shared Documents/00 Energy &amp; Trading Ordner/01 Supply &amp; Energy Economics/01 SBE - LF/MarktKommunikation/Lieferant/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="16" documentId="13_ncr:1_{139CA311-CEC6-4BDD-8F6F-123C408D5653}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{2E450C56-BF1C-431B-8F3C-21D17037E188}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{12B16340-414A-4D06-BA36-FDBC758C4C56}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10420" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{CAE99EAC-8D9B-49DB-9EF5-0DE9A7E9FEB7}"/>
   </bookViews>
   <sheets>
-    <sheet name="LF" sheetId="12" r:id="rId1"/>
-    <sheet name="BKV" sheetId="14" r:id="rId2"/>
+    <sheet name="Lieferant" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="191029"/>
+  <calcPr calcId="191028"/>
   <extLst>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
+      <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="102" uniqueCount="66">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="87" uniqueCount="63">
+  <si>
+    <t>Kontaktdatenblatt Lieferant</t>
+  </si>
+  <si>
+    <t>Anschrift</t>
+  </si>
   <si>
     <t>Name</t>
   </si>
   <si>
+    <t>sonnen eServices GmbH</t>
+  </si>
+  <si>
+    <t>Straße Hausnr.</t>
+  </si>
+  <si>
+    <t>Am Riedbach 1</t>
+  </si>
+  <si>
+    <t>PLZ Ort</t>
+  </si>
+  <si>
+    <t>87499 Wildpoldsried</t>
+  </si>
+  <si>
     <t>Telefon</t>
   </si>
   <si>
+    <t>+49 8304 92933 400</t>
+  </si>
+  <si>
+    <t>Fax</t>
+  </si>
+  <si>
+    <t>+49 8304 92933 401</t>
+  </si>
+  <si>
     <t>Internet</t>
   </si>
   <si>
+    <t>www.sonnen.de/marktpartner</t>
+  </si>
+  <si>
+    <t>Umsatzsteuer-ID</t>
+  </si>
+  <si>
+    <t>DE 301 862 572</t>
+  </si>
+  <si>
+    <t>Marktrolle</t>
+  </si>
+  <si>
+    <t>BDEW-Codenummern / Global Location Number (GLN) Strom</t>
+  </si>
+  <si>
+    <t>Lieferant</t>
+  </si>
+  <si>
+    <t>E-Mail-Adresse für den elektronischen Datenaustausch (1:1 Marktkommunikation)</t>
+  </si>
+  <si>
+    <t>nicht zutreffend – ausschließlich AS4‑Kommunikation gemäß BK6‑21‑282</t>
+  </si>
+  <si>
+    <t>Vertragsmanagement (LF-RV, MSB-RV, Wiederverkäufernachweise, etc.)</t>
+  </si>
+  <si>
+    <t>Team Marktpartner-Management</t>
+  </si>
+  <si>
+    <t>E-Mail</t>
+  </si>
+  <si>
+    <t>marktpartner-kontakt@sonnen.de</t>
+  </si>
+  <si>
+    <t>Elektronischer Datenaustausch/Formate, Verschlüsselung/Signatur</t>
+  </si>
+  <si>
+    <t>Team Marktkommunikation</t>
+  </si>
+  <si>
+    <t>edifact-clearing@sonnen.de</t>
+  </si>
+  <si>
+    <t>Bilanzkreismanagement</t>
+  </si>
+  <si>
+    <t>Bilanzkreis (EIC-Code)</t>
+  </si>
+  <si>
+    <t>11X0-0000-0453-Y</t>
+  </si>
+  <si>
+    <t>11Y0-0000-0264-N</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11Y0-0000-2242-P </t>
+  </si>
+  <si>
+    <t>Team Bilanzkreis-Management</t>
+  </si>
+  <si>
+    <t>+49 8304 92933 150</t>
+  </si>
+  <si>
+    <t>bkv@sonnen.de</t>
+  </si>
+  <si>
+    <t>An-, Abmeldung zur Netznutzung / Kündigung (UTILMD)</t>
+  </si>
+  <si>
+    <t>Team Lieferantenwechsel</t>
+  </si>
+  <si>
+    <t>+49 8304 92933 160</t>
+  </si>
+  <si>
+    <t>lieferantenwechsel@sonnen.de</t>
+  </si>
+  <si>
+    <t>Messwerte / Lastgangdaten (MSCONS)</t>
+  </si>
+  <si>
+    <t>edm@sonnen.de</t>
+  </si>
+  <si>
+    <t>Netznutzungsabrechnung, MMM-Abrechnung, MSB-Abrechnung (INVOIC, REMADV, QUOTES)</t>
+  </si>
+  <si>
+    <t>Team Marktabrechnung</t>
+  </si>
+  <si>
+    <t>+49 8304 92933 304</t>
+  </si>
+  <si>
+    <t>marktabrechnung@sonnen.de</t>
+  </si>
+  <si>
+    <t>Allgemeine Anfragen (Stammdaten, Gerätewechsel, etc.)</t>
+  </si>
+  <si>
+    <t>+49 8304 92933 303</t>
+  </si>
+  <si>
+    <t>marktkommunikation@sonnen.de</t>
+  </si>
+  <si>
+    <t>Direktvermarktung</t>
+  </si>
+  <si>
+    <t>Team Direktvermarktung</t>
+  </si>
+  <si>
+    <t>direktvermarktung@sonnen.de</t>
+  </si>
+  <si>
     <t>Bankverbindung</t>
   </si>
   <si>
+    <t>Name des Kontoinhabers</t>
+  </si>
+  <si>
+    <t>Geldinstitut</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Citibank Europe plc </t>
+  </si>
+  <si>
+    <t>IBAN</t>
+  </si>
+  <si>
+    <t>DE58 5021 0900 0218 5556 32</t>
+  </si>
+  <si>
     <t>BIC</t>
   </si>
   <si>
-    <t>IBAN</t>
-[...20 lines deleted...]
-    <t>Geldinstitut</t>
+    <t>CITIDEFF</t>
   </si>
   <si>
     <t>Gläubiger-ID</t>
   </si>
   <si>
-    <t>Umsatzsteuer-ID</t>
-[...67 lines deleted...]
-  <si>
     <t>DE06ZZZ00001867984</t>
   </si>
   <si>
-    <t>DE42 5021 0900 0218 5552 41</t>
-[...80 lines deleted...]
-    <t>vnb-kontakt@sonnen.de</t>
+    <t>Stand: 20.11.2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="10" x14ac:knownFonts="1">
+  <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Calibri"/>
-[...58 lines deleted...]
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <sz val="9"/>
+      <color theme="1"/>
+      <name val="SonnenText"/>
+      <family val="3"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="9"/>
+      <color theme="1"/>
+      <name val="SonnenText Light"/>
+      <family val="3"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="9"/>
+      <color rgb="FF0040FA"/>
+      <name val="SonnenText Light"/>
+      <family val="3"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <color theme="1"/>
+      <name val="SonnenText Light"/>
+      <family val="3"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="9"/>
+      <color theme="10"/>
+      <name val="SonnenText Light"/>
+      <family val="3"/>
+    </font>
   </fonts>
-  <fills count="2">
+  <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFF3F3F5"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="9">
+  <borders count="7">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...18 lines deleted...]
-    <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
-      <right/>
-[...14 lines deleted...]
-      <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
-      <top style="thin">
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
         <color indexed="64"/>
-      </top>
+      </right>
+      <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="46">
+  <cellXfs count="28">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...8 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="left"/>
-[...26 lines deleted...]
-      <alignment horizontal="left"/>
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="right"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="5" fillId="2" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="4" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...32 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...24 lines deleted...]
-      <alignment horizontal="left"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Link" xfId="1" builtinId="8"/>
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
-      <color rgb="FF4CCFE6"/>
-[...1 lines deleted...]
-      <color rgb="FFD79491"/>
+      <color rgb="FFF3F3F5"/>
+      <color rgb="FF0040FA"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
   <a:themeElements>
-    <a:clrScheme name="Office 2007 - 2010">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office 2007 - 2010">
+    <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office 2007 - 2010">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:schemeClr val="phClr">
-[...2 lines deleted...]
-            </a:schemeClr>
+            <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-        </a:ln>
-[...4 lines deleted...]
-          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:netznutzung@lf.sonnen-eservices.de" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:netznutzung@lf.sonnen-eservices.de" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lieferant-esd@lf.sonnen-eservices.de" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vnb-kontakt@sonnen.de" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sonnen.de/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:netznutzung@lf.sonnen-eservices.de" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:netznutzung@lf.sonnen-eservices.de" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bkv@sonnen.de" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edifact@lf.sonnen-eservices.de" TargetMode="External"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bkv@sonnen.de" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bkv@sonnen.de" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sonnen.de/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marktkommunikation-bkv@bkv.sonnen.de" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bkv@sonnen.de" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marktkommunikation@sonnen.de" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marktpartner-kontakt@sonnen.de" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marktabrechnung@sonnen.de" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marktpartner-kontakt@sonnen.de" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sonnen.de/marktpartner" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edm@sonnen.de" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lieferantenwechsel@sonnen.de" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bkv@sonnen.de" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:direktvermarktung@sonnen.de" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{837D326E-0D32-4F30-9EA1-C65DC6F8F3AA}">
-  <dimension ref="A1:C402"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{61B496E9-E4CC-4145-AE1C-4420DCC084B0}">
+  <dimension ref="A2:C65"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-      <selection activeCell="C1" sqref="C1"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
+      <selection activeCell="H10" sqref="H10"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.453125" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="33.6328125" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="31.54296875" customWidth="1"/>
+    <col min="1" max="1" width="4.5703125" style="1" customWidth="1"/>
+    <col min="2" max="2" width="25.7109375" style="19" customWidth="1"/>
+    <col min="3" max="3" width="61.140625" style="20" customWidth="1"/>
+    <col min="4" max="4" width="7.42578125" style="2" customWidth="1"/>
+    <col min="5" max="16384" width="11.42578125" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3" s="2" customFormat="1" ht="15.9" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A1" s="19" t="s">
+    <row r="2" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="C2" s="21" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="3" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B3" s="3"/>
+      <c r="C3" s="4"/>
+    </row>
+    <row r="4" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B4" s="22" t="s">
+        <v>1</v>
+      </c>
+      <c r="C4" s="23"/>
+    </row>
+    <row r="5" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B5" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="C5" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="6" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B6" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C6" s="7" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="7" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B7" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="C7" s="7" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="8" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B8" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="C8" s="7" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="9" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B9" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C9" s="7" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="10" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B10" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="C10" s="8" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="11" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B11" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="C11" s="10" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="12" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B12" s="11"/>
+      <c r="C12" s="12"/>
+    </row>
+    <row r="13" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B13" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="C13" s="14" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="14" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B14" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="C14" s="15">
+        <v>9977917000004</v>
+      </c>
+    </row>
+    <row r="15" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B15" s="11"/>
+      <c r="C15" s="12"/>
+    </row>
+    <row r="16" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B16" s="22" t="s">
+        <v>19</v>
+      </c>
+      <c r="C16" s="23"/>
+    </row>
+    <row r="17" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B17" s="24" t="s">
+        <v>20</v>
+      </c>
+      <c r="C17" s="25"/>
+    </row>
+    <row r="18" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B18" s="11"/>
+      <c r="C18" s="12"/>
+    </row>
+    <row r="19" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B19" s="26" t="s">
+        <v>21</v>
+      </c>
+      <c r="C19" s="27"/>
+    </row>
+    <row r="20" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B20" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="C20" s="7" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="21" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B21" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="C21" s="16" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="22" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B22" s="17"/>
+      <c r="C22" s="12"/>
+    </row>
+    <row r="23" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B23" s="22" t="s">
+        <v>25</v>
+      </c>
+      <c r="C23" s="23"/>
+    </row>
+    <row r="24" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B24" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="C24" s="7" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="25" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B25" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="C25" s="16" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="26" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B26" s="17"/>
+      <c r="C26" s="12"/>
+    </row>
+    <row r="27" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B27" s="22" t="s">
         <v>28</v>
       </c>
-      <c r="B1" s="19"/>
-[...20 lines deleted...]
-      <c r="B4" s="37" t="s">
+      <c r="C27" s="23"/>
+    </row>
+    <row r="28" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B28" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="C28" s="7" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="29" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B29" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="C29" s="7" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="30" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B30" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="C30" s="7" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="31" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B31" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="C31" s="7" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="32" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B32" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="C32" s="7" t="s">
         <v>34</v>
       </c>
-      <c r="C4" s="38"/>
-[...23 lines deleted...]
-      <c r="B7" s="35" t="s">
+    </row>
+    <row r="33" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B33" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="C33" s="16" t="s">
         <v>35</v>
       </c>
-      <c r="C7" s="36"/>
-[...5 lines deleted...]
-      <c r="B8" s="39" t="s">
+    </row>
+    <row r="34" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B34" s="11"/>
+      <c r="C34" s="12"/>
+    </row>
+    <row r="35" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B35" s="22" t="s">
+        <v>36</v>
+      </c>
+      <c r="C35" s="23"/>
+    </row>
+    <row r="36" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B36" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="C36" s="7" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="37" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B37" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="C37" s="18" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="38" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B38" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="C38" s="16" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="39" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B39" s="17"/>
+      <c r="C39" s="12"/>
+    </row>
+    <row r="40" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B40" s="22" t="s">
+        <v>40</v>
+      </c>
+      <c r="C40" s="23"/>
+    </row>
+    <row r="41" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B41" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="C41" s="7" t="s">
         <v>26</v>
       </c>
-      <c r="C8" s="40"/>
-[...2 lines deleted...]
-      <c r="A9" s="10" t="s">
+    </row>
+    <row r="42" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B42" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="C42" s="16" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="43" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B43" s="11"/>
+      <c r="C43" s="12"/>
+    </row>
+    <row r="44" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B44" s="22" t="s">
+        <v>42</v>
+      </c>
+      <c r="C44" s="23"/>
+    </row>
+    <row r="45" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B45" s="5" t="s">
         <v>2</v>
       </c>
-      <c r="B9" s="37" t="s">
-[...93 lines deleted...]
-      <c r="C22" s="15" t="s">
+      <c r="C45" s="7" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="23" spans="1:3" x14ac:dyDescent="0.35">
-[...5 lines deleted...]
-      <c r="A24" s="30" t="s">
+    <row r="46" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B46" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="B24" s="31"/>
-[...6 lines deleted...]
-      <c r="B25" s="16" t="s">
+      <c r="C46" s="18" t="s">
         <v>44</v>
       </c>
-      <c r="C25" s="13"/>
-[...2 lines deleted...]
-      <c r="A26" s="33" t="s">
+    </row>
+    <row r="47" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B47" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="C47" s="16" t="s">
         <v>45</v>
       </c>
-      <c r="B26" s="34"/>
-      <c r="C26" s="15" t="s">
+    </row>
+    <row r="48" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B48" s="11"/>
+      <c r="C48" s="12"/>
+    </row>
+    <row r="49" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B49" s="22" t="s">
         <v>46</v>
       </c>
-    </row>
-[...34 lines deleted...]
-      <c r="A32" s="28" t="s">
+      <c r="C49" s="23"/>
+    </row>
+    <row r="50" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B50" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="C50" s="7" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="51" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B51" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="C51" s="18" t="s">
         <v>47</v>
       </c>
-      <c r="B32" s="29"/>
-      <c r="C32" s="15" t="s">
+    </row>
+    <row r="52" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B52" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="C52" s="16" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="33" spans="1:3" x14ac:dyDescent="0.35">
-[...33 lines deleted...]
-      <c r="A38" s="28" t="s">
+    <row r="53" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B53" s="11"/>
+      <c r="C53" s="12"/>
+    </row>
+    <row r="54" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B54" s="22" t="s">
         <v>49</v>
       </c>
-      <c r="B38" s="29"/>
-      <c r="C38" s="15" t="s">
+      <c r="C54" s="23"/>
+    </row>
+    <row r="55" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B55" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="C55" s="7" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="39" spans="1:3" x14ac:dyDescent="0.35">
-[...5 lines deleted...]
-      <c r="A40" s="30" t="s">
+    <row r="56" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B56" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="C56" s="16" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="57" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B57" s="11"/>
+      <c r="C57" s="12"/>
+    </row>
+    <row r="58" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B58" s="22" t="s">
+        <v>52</v>
+      </c>
+      <c r="C58" s="23"/>
+    </row>
+    <row r="59" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B59" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="C59" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="B40" s="31"/>
-[...1830 lines deleted...]
-      <c r="C402" s="1"/>
+    </row>
+    <row r="60" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B60" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="C60" s="7" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="61" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B61" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="C61" s="7" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="62" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B62" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="C62" s="7" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="63" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B63" s="9" t="s">
+        <v>60</v>
+      </c>
+      <c r="C63" s="10" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="64" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B64" s="11"/>
+      <c r="C64" s="12"/>
+    </row>
+    <row r="65" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B65" s="11"/>
+      <c r="C65" s="12"/>
     </row>
   </sheetData>
-  <mergeCells count="31">
-[...8 lines deleted...]
-    <mergeCell ref="A3:C3"/>
+  <mergeCells count="12">
+    <mergeCell ref="B58:C58"/>
+    <mergeCell ref="B49:C49"/>
+    <mergeCell ref="B54:C54"/>
+    <mergeCell ref="B40:C40"/>
+    <mergeCell ref="B44:C44"/>
+    <mergeCell ref="B16:C16"/>
+    <mergeCell ref="B17:C17"/>
     <mergeCell ref="B4:C4"/>
-    <mergeCell ref="B5:C5"/>
-[...19 lines deleted...]
-    <mergeCell ref="B44:C44"/>
+    <mergeCell ref="B35:C35"/>
+    <mergeCell ref="B27:C27"/>
+    <mergeCell ref="B19:C19"/>
+    <mergeCell ref="B23:C23"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="B9" r:id="rId1" xr:uid="{E7BE8AEC-AC7E-4F85-8003-08977F428559}"/>
-[...682 lines deleted...]
-    <hyperlink ref="A16" r:id="rId5" display="marktkommunikation-bkv@bkv.sonnen.de" xr:uid="{33981746-8BDF-4734-B21F-C15E9EE53925}"/>
+    <hyperlink ref="C10" r:id="rId1" xr:uid="{BAF7548E-5A48-4F2A-B696-C8109B90DCB7}"/>
+    <hyperlink ref="C21" r:id="rId2" xr:uid="{B2C9DA96-A4FC-49EC-B91F-B04DC8CB6791}"/>
+    <hyperlink ref="C25" r:id="rId3" display="marktpartner-kontakt@sonnen.de" xr:uid="{9EB99849-12CC-43BF-9115-60088292E264}"/>
+    <hyperlink ref="C33" r:id="rId4" xr:uid="{FA044DA2-F2B1-4A35-84AA-584A5A0338CC}"/>
+    <hyperlink ref="C38" r:id="rId5" xr:uid="{B42219FF-6628-429F-A7F0-D6909C558017}"/>
+    <hyperlink ref="C42" r:id="rId6" xr:uid="{3F513235-FA69-412D-9F59-8CE517B75DD9}"/>
+    <hyperlink ref="C47" r:id="rId7" xr:uid="{06274661-CA73-4873-AAE7-C613A15DB68C}"/>
+    <hyperlink ref="C52" r:id="rId8" xr:uid="{77E60D22-7157-4419-B241-D1878DDDA69D}"/>
+    <hyperlink ref="C56" r:id="rId9" xr:uid="{E34905CD-5239-4ADD-8730-6F0CF40AAF46}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...9 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001F7CD1B1EE61754999C74B276FC6A7D9" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="cf2d8b77b4194681b15d65a272d53acc">
-[...2 lines deleted...]
-    <xsd:import namespace="d96a63f3-5c8e-41b0-8dc2-135cf69c6869"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101008144626F3CCD6F499E4CAAFC573CA96C" ma:contentTypeVersion="3" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="5599e14fb0a75ea689e3e3bb7266b213">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="b04d62cb-d462-4082-8fd8-5c0d8cc4964d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="660310002e35282e43dabfe852fe4c52" ns2:_="">
+    <xsd:import namespace="b04d62cb-d462-4082-8fd8-5c0d8cc4964d"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
-                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
-[...11 lines deleted...]
-                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d1e10b5e-3292-499d-bd5d-73284bb88740" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="b04d62cb-d462-4082-8fd8-5c0d8cc4964d" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="71ccf052-784f-414d-b6c1-6097d098c322" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
-[...23 lines deleted...]
-    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="18" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
-    </xsd:element>
-[...71 lines deleted...]
-      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -3998,122 +1450,126 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FC8D2804-17F2-4998-9527-31BDF655B7AE}">
-[...18 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{670059A4-BFC7-4D41-80C3-2CDD45CA9152}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{58A6E295-8178-4B28-8960-79A0779863C1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{64C044BC-6B20-435F-9493-99BDDB816CD2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="b04d62cb-d462-4082-8fd8-5c0d8cc4964d"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CE7A007F-302F-4D28-A0FF-CB3D30045046}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7EB14586-9C2E-4991-8071-698CA6021EE4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="d1e10b5e-3292-499d-bd5d-73284bb88740"/>
-    <ds:schemaRef ds:uri="d96a63f3-5c8e-41b0-8dc2-135cf69c6869"/>
+    <ds:schemaRef ds:uri="b04d62cb-d462-4082-8fd8-5c0d8cc4964d"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{b5932435-5954-4628-8c3b-4d840de03031}" enabled="0" method="" siteId="{b5932435-5954-4628-8c3b-4d840de03031}" removed="1"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
-[...1 lines deleted...]
-      <vt:lpstr>BKV</vt:lpstr>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>Lieferant</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Bundesnetzagentur Beschlusskammer 6</Company>
+  <Manager/>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>BK6-17-168 - Anlage 2</dc:title>
+  <dc:title/>
   <dc:subject/>
-  <dc:creator>Bundesnetzagentur - Beschlusskammer 6</dc:creator>
+  <dc:creator>Dominik Merz</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:lastPrinted></cp:lastPrinted>
+  <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
+  <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x0101001F7CD1B1EE61754999C74B276FC6A7D9</vt:lpwstr>
-[...2 lines deleted...]
-    <vt:lpwstr/>
+    <vt:lpwstr>0x0101008144626F3CCD6F499E4CAAFC573CA96C</vt:lpwstr>
   </property>
 </Properties>
 </file>